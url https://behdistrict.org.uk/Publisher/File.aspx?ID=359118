--- v0 (2025-10-10)
+++ v1 (2025-12-06)
@@ -1,93 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w14:paraId="6659A974" w14:textId="40D7F602" w:rsidR="007554C8" w:rsidRDefault="00620750" w:rsidP="00620750">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3805701C" wp14:editId="3F8AA637">
             <wp:extent cx="2533650" cy="689332"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1260437155" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1260437155" name="Picture 1260437155"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7"/>
+                    <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2549775" cy="693719"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="05B1E927" w14:textId="77777777" w:rsidR="007554C8" w:rsidRDefault="007554C8" w:rsidP="00620750">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -1767,132 +1770,150 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>is to be paid:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78D37353" w14:textId="77777777" w:rsidR="00AC70A8" w:rsidRDefault="00AC70A8" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7780A262" w14:textId="77777777" w:rsidR="00AC70A8" w:rsidRDefault="00AC70A8" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CE27BAF" w14:textId="383F8E9D" w:rsidR="00AC70A8" w:rsidRDefault="008E6A92" w:rsidP="008E02B2">
+    <w:p w14:paraId="1CE27BAF" w14:textId="68697D03" w:rsidR="00AC70A8" w:rsidRDefault="008E6A92" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">CFB </w:t>
       </w:r>
+      <w:r w:rsidR="005C7352">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Portfolio</w:t>
+      </w:r>
       <w:r w:rsidR="00AC70A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Account </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00AC70A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ame ………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37AF9E00" w14:textId="77777777" w:rsidR="00AC70A8" w:rsidRDefault="00AC70A8" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="674D2D08" w14:textId="75E02B6B" w:rsidR="00AC70A8" w:rsidRDefault="008E6A92" w:rsidP="008E02B2">
+    <w:p w14:paraId="674D2D08" w14:textId="3F8913DA" w:rsidR="00AC70A8" w:rsidRDefault="008E6A92" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">CFB </w:t>
       </w:r>
+      <w:r w:rsidR="00725F57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Portfolio</w:t>
+      </w:r>
       <w:r w:rsidR="00AC70A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Account </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00AC70A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>umber ………………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16C56D3E" w14:textId="77777777" w:rsidR="00AC70A8" w:rsidRDefault="00AC70A8" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -1979,51 +2000,63 @@
     </w:p>
     <w:p w14:paraId="57365DDD" w14:textId="77777777" w:rsidR="007E79ED" w:rsidRDefault="007E79ED" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E318BAF" w14:textId="77777777" w:rsidR="007E79ED" w:rsidRDefault="007E79ED" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19C1C49C" w14:textId="127E3446" w:rsidR="008E02B2" w:rsidRDefault="003758CB" w:rsidP="008E02B2">
+    <w:p w14:paraId="227F6D3D" w14:textId="77777777" w:rsidR="0076747A" w:rsidRDefault="0076747A" w:rsidP="008E02B2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19C1C49C" w14:textId="654BA82B" w:rsidR="008E02B2" w:rsidRDefault="003758CB" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00AC70A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -2103,338 +2136,354 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD74EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tony Trevers, District Grants Secretary </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00AE45A3" w:rsidRPr="006B60DE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:t>grants@behdistrict.org.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="383B4A8E" w14:textId="77777777" w:rsidR="008E02B2" w:rsidRDefault="008E02B2" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008E02B2" w:rsidSect="00476680">
-      <w:headerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11905" w:h="16838"/>
       <w:pgMar w:top="709" w:right="1440" w:bottom="568" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="10FE55D4" w14:textId="77777777" w:rsidR="00B36AEF" w:rsidRDefault="00B36AEF">
+    <w:p w14:paraId="43E69D92" w14:textId="77777777" w:rsidR="009D315A" w:rsidRDefault="009D315A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1AEDCF6E" w14:textId="77777777" w:rsidR="00B36AEF" w:rsidRDefault="00B36AEF">
+    <w:p w14:paraId="555689E8" w14:textId="77777777" w:rsidR="009D315A" w:rsidRDefault="009D315A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="69A86B19" w14:textId="77777777" w:rsidR="007E777F" w:rsidRDefault="007E777F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4152"/>
         <w:tab w:val="right" w:pos="8305"/>
       </w:tabs>
       <w:rPr>
         <w:kern w:val="0"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17EED667" w14:textId="77777777" w:rsidR="00B36AEF" w:rsidRDefault="00B36AEF">
+    <w:p w14:paraId="0DC87B1E" w14:textId="77777777" w:rsidR="009D315A" w:rsidRDefault="009D315A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68F4CE80" w14:textId="77777777" w:rsidR="00B36AEF" w:rsidRDefault="00B36AEF">
+    <w:p w14:paraId="15F2C916" w14:textId="77777777" w:rsidR="009D315A" w:rsidRDefault="009D315A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="70CB5F9B" w14:textId="77777777" w:rsidR="007E777F" w:rsidRDefault="007E777F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4152"/>
         <w:tab w:val="right" w:pos="8305"/>
       </w:tabs>
       <w:rPr>
         <w:kern w:val="0"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="66355A30"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="710960908">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2035305520">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="2"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%1)"/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="ColorPos" w:val="-1"/>
     <w:docVar w:name="ColorSet" w:val="-1"/>
     <w:docVar w:name="StylePos" w:val="-1"/>
     <w:docVar w:name="StyleSet" w:val="-1"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="007E777F"/>
     <w:rsid w:val="0003756B"/>
     <w:rsid w:val="000B01FD"/>
     <w:rsid w:val="000B4497"/>
+    <w:rsid w:val="000B77A3"/>
     <w:rsid w:val="000E5E9E"/>
     <w:rsid w:val="0013292E"/>
     <w:rsid w:val="00135601"/>
     <w:rsid w:val="001551FA"/>
     <w:rsid w:val="00164246"/>
     <w:rsid w:val="00216250"/>
     <w:rsid w:val="002225FE"/>
     <w:rsid w:val="002821AB"/>
     <w:rsid w:val="002A5FE9"/>
     <w:rsid w:val="002B599B"/>
     <w:rsid w:val="002E1154"/>
     <w:rsid w:val="003117B1"/>
     <w:rsid w:val="00317CD3"/>
+    <w:rsid w:val="00355B4F"/>
     <w:rsid w:val="00361C55"/>
     <w:rsid w:val="00370759"/>
     <w:rsid w:val="003758CB"/>
     <w:rsid w:val="00382D37"/>
     <w:rsid w:val="0039579C"/>
     <w:rsid w:val="003974A3"/>
     <w:rsid w:val="003D5145"/>
     <w:rsid w:val="00401D81"/>
     <w:rsid w:val="0044191F"/>
     <w:rsid w:val="004572F9"/>
     <w:rsid w:val="00476680"/>
     <w:rsid w:val="0048011B"/>
     <w:rsid w:val="00480389"/>
     <w:rsid w:val="004A4213"/>
     <w:rsid w:val="004C2AD0"/>
     <w:rsid w:val="004F10C1"/>
     <w:rsid w:val="005102BA"/>
+    <w:rsid w:val="00562FF8"/>
     <w:rsid w:val="00570CDC"/>
+    <w:rsid w:val="005C7352"/>
     <w:rsid w:val="005E30F0"/>
     <w:rsid w:val="00601647"/>
     <w:rsid w:val="00620750"/>
     <w:rsid w:val="00621B07"/>
     <w:rsid w:val="00641D8E"/>
     <w:rsid w:val="006A048D"/>
     <w:rsid w:val="006D1C77"/>
     <w:rsid w:val="006D23EA"/>
     <w:rsid w:val="006E4ABC"/>
+    <w:rsid w:val="00725F57"/>
     <w:rsid w:val="00732013"/>
     <w:rsid w:val="007554C8"/>
     <w:rsid w:val="007615B0"/>
+    <w:rsid w:val="0076747A"/>
     <w:rsid w:val="007929C2"/>
+    <w:rsid w:val="007A727E"/>
     <w:rsid w:val="007D6616"/>
     <w:rsid w:val="007E777F"/>
     <w:rsid w:val="007E79ED"/>
+    <w:rsid w:val="007F0296"/>
     <w:rsid w:val="00803386"/>
     <w:rsid w:val="00823272"/>
     <w:rsid w:val="00852079"/>
+    <w:rsid w:val="00892C48"/>
     <w:rsid w:val="008E02B2"/>
     <w:rsid w:val="008E52AA"/>
     <w:rsid w:val="008E6A92"/>
     <w:rsid w:val="00916D10"/>
     <w:rsid w:val="009A3CAB"/>
     <w:rsid w:val="009C2E66"/>
+    <w:rsid w:val="009D315A"/>
     <w:rsid w:val="009F1A5E"/>
     <w:rsid w:val="00A07F22"/>
     <w:rsid w:val="00A60BE6"/>
     <w:rsid w:val="00AB577E"/>
     <w:rsid w:val="00AB64E4"/>
     <w:rsid w:val="00AC70A8"/>
     <w:rsid w:val="00AE45A3"/>
     <w:rsid w:val="00B36AEF"/>
     <w:rsid w:val="00BA0F9E"/>
     <w:rsid w:val="00BB1104"/>
     <w:rsid w:val="00BD74EC"/>
     <w:rsid w:val="00BE7DE1"/>
     <w:rsid w:val="00C06521"/>
     <w:rsid w:val="00C24C55"/>
     <w:rsid w:val="00C43BE8"/>
     <w:rsid w:val="00C82A5C"/>
     <w:rsid w:val="00D328B5"/>
     <w:rsid w:val="00D46DFE"/>
     <w:rsid w:val="00D65D79"/>
     <w:rsid w:val="00DA3AAC"/>
     <w:rsid w:val="00E367D5"/>
     <w:rsid w:val="00E43D07"/>
     <w:rsid w:val="00E4538F"/>
     <w:rsid w:val="00E7715D"/>
     <w:rsid w:val="00F52324"/>
@@ -2451,72 +2500,71 @@
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3204D0AB"/>
   <w14:defaultImageDpi w14:val="0"/>
-  <w15:docId w15:val="{9A817CB6-033A-4AF1-9266-84083FEE792E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1"/>
@@ -2661,159 +2709,50 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
-[...107 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="28"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
@@ -2846,68 +2785,418 @@
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="000B01FD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A3CAB"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="007A727E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="007A727E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="28"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009F1A5E"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="000B01FD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009A3CAB"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="007A727E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="007A727E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="466363339">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="466363340">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -2921,51 +3210,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="945045081">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grants@behdistrict.org.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grants@behdistrict.org.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3209,73 +3498,70 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>160</Words>
-  <Characters>915</Characters>
+  <Words>161</Words>
+  <Characters>920</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>THE METHODIST CHURCH BIRMINGHAM DISTRICT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1073</CharactersWithSpaces>
+  <CharactersWithSpaces>1079</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>THE METHODIST CHURCH BIRMINGHAM DISTRICT</dc:title>
-  <dc:subject/>
   <dc:creator>Lusty</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>