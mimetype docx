--- v1 (2025-12-06)
+++ v2 (2026-03-22)
@@ -1,96 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6659A974" w14:textId="40D7F602" w:rsidR="007554C8" w:rsidRDefault="00620750" w:rsidP="00620750">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3805701C" wp14:editId="3F8AA637">
             <wp:extent cx="2533650" cy="689332"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1260437155" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1260437155" name="Picture 1260437155"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
+                    <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2549775" cy="693719"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="05B1E927" w14:textId="77777777" w:rsidR="007554C8" w:rsidRDefault="007554C8" w:rsidP="00620750">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -237,68 +234,85 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> APPLICATION FORM </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11FFF312" w14:textId="77777777" w:rsidR="005E30F0" w:rsidRDefault="005E30F0" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B7D1251" w14:textId="77777777" w:rsidR="005E30F0" w:rsidRDefault="005E30F0" w:rsidP="00370759">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38349162" w14:textId="466D1F3B" w:rsidR="008E02B2" w:rsidRPr="006A048D" w:rsidRDefault="008E02B2" w:rsidP="00370759">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="38349162" w14:textId="06A54F56" w:rsidR="008E02B2" w:rsidRPr="006A048D" w:rsidRDefault="008E02B2" w:rsidP="000D2339">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A048D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Please give the following information</w:t>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidR="000D2339">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>supply</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A048D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following information</w:t>
       </w:r>
       <w:r w:rsidR="005E30F0" w:rsidRPr="006A048D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> relating to the Methodist </w:t>
       </w:r>
       <w:r w:rsidR="00E7715D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="005E30F0" w:rsidRPr="006A048D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
@@ -1659,139 +1673,202 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00E4538F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ircuit provided a grant?  YES/NO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72A7EA18" w14:textId="77777777" w:rsidR="009A3CAB" w:rsidRDefault="009A3CAB" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2ECC9095" w14:textId="1DD186B8" w:rsidR="009A3CAB" w:rsidRPr="009A3CAB" w:rsidRDefault="009A3CAB" w:rsidP="008E02B2">
+    <w:p w14:paraId="2ECC9095" w14:textId="73F867F6" w:rsidR="009A3CAB" w:rsidRPr="009A3CAB" w:rsidRDefault="009A3CAB" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3CAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please provide the </w:t>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidR="007008F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>attach a copy of your invoice</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="007008F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3CAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provide the </w:t>
       </w:r>
       <w:r w:rsidR="00E7715D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>CFB</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3CAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> details of the Methodist </w:t>
       </w:r>
       <w:r w:rsidR="00216250">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3CAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>ircuit into whose account th</w:t>
+        <w:t xml:space="preserve">ircuit </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or Church </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3CAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>into whose account th</w:t>
       </w:r>
       <w:r w:rsidR="002821AB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3CAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> District grant </w:t>
       </w:r>
       <w:r w:rsidR="002821AB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">for 3Generate </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3CAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>is to be paid:</w:t>
+        <w:t>is to be paid</w:t>
+      </w:r>
+      <w:r w:rsidR="000D2339">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78D37353" w14:textId="77777777" w:rsidR="00AC70A8" w:rsidRDefault="00AC70A8" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7780A262" w14:textId="77777777" w:rsidR="00AC70A8" w:rsidRDefault="00AC70A8" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CE27BAF" w14:textId="68697D03" w:rsidR="00AC70A8" w:rsidRDefault="008E6A92" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
@@ -1910,85 +1987,161 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>umber ………………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16C56D3E" w14:textId="77777777" w:rsidR="00AC70A8" w:rsidRDefault="00AC70A8" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EFC9521" w14:textId="77777777" w:rsidR="008E02B2" w:rsidRDefault="008E02B2" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AF1CFE8" w14:textId="52A54F1C" w:rsidR="008E02B2" w:rsidRDefault="007E79ED" w:rsidP="008E02B2">
+    <w:p w14:paraId="6FF7490F" w14:textId="1803DEAF" w:rsidR="00AF4B50" w:rsidRDefault="007E79ED" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Signature of Church Minister or Circuit Tre</w:t>
-[...8 lines deleted...]
-        <w:t>asurer………………………………</w:t>
+        <w:t>Signature of Church Minister</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4B50">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>/Church Treasure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or Circuit</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4B50">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Treasurer/Finance Manager </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22062436" w14:textId="77777777" w:rsidR="00AF4B50" w:rsidRDefault="00AF4B50" w:rsidP="008E02B2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AF1CFE8" w14:textId="7CBAB6DD" w:rsidR="008E02B2" w:rsidRDefault="00476680" w:rsidP="008E02B2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>………………………………</w:t>
       </w:r>
       <w:r w:rsidR="00C43BE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>…………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A66A7D5" w14:textId="77777777" w:rsidR="00AF4B50" w:rsidRDefault="00AF4B50" w:rsidP="008E02B2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="394D6A9E" w14:textId="02CE770F" w:rsidR="00AF4B50" w:rsidRDefault="00AF4B50" w:rsidP="008E02B2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Role ……………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CA85CB0" w14:textId="77777777" w:rsidR="00476680" w:rsidRDefault="00476680" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F9CDFC3" w14:textId="22002F62" w:rsidR="00476680" w:rsidRDefault="00476680" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -2136,435 +2289,437 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD74EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tony Trevers, District Grants Secretary </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00AE45A3" w:rsidRPr="006B60DE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:t>grants@behdistrict.org.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="383B4A8E" w14:textId="77777777" w:rsidR="008E02B2" w:rsidRDefault="008E02B2" w:rsidP="008E02B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008E02B2" w:rsidSect="00476680">
-      <w:headerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11905" w:h="16838"/>
       <w:pgMar w:top="709" w:right="1440" w:bottom="568" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43E69D92" w14:textId="77777777" w:rsidR="009D315A" w:rsidRDefault="009D315A">
+    <w:p w14:paraId="7B70B427" w14:textId="77777777" w:rsidR="002C1889" w:rsidRDefault="002C1889">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="555689E8" w14:textId="77777777" w:rsidR="009D315A" w:rsidRDefault="009D315A">
+    <w:p w14:paraId="2AD4C9B5" w14:textId="77777777" w:rsidR="002C1889" w:rsidRDefault="002C1889">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="69A86B19" w14:textId="77777777" w:rsidR="007E777F" w:rsidRDefault="007E777F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4152"/>
         <w:tab w:val="right" w:pos="8305"/>
       </w:tabs>
       <w:rPr>
         <w:kern w:val="0"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0DC87B1E" w14:textId="77777777" w:rsidR="009D315A" w:rsidRDefault="009D315A">
+    <w:p w14:paraId="7F797921" w14:textId="77777777" w:rsidR="002C1889" w:rsidRDefault="002C1889">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15F2C916" w14:textId="77777777" w:rsidR="009D315A" w:rsidRDefault="009D315A">
+    <w:p w14:paraId="266252BD" w14:textId="77777777" w:rsidR="002C1889" w:rsidRDefault="002C1889">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="70CB5F9B" w14:textId="77777777" w:rsidR="007E777F" w:rsidRDefault="007E777F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4152"/>
         <w:tab w:val="right" w:pos="8305"/>
       </w:tabs>
       <w:rPr>
         <w:kern w:val="0"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66355A30"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="710960908">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2035305520">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="2"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%1)"/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="ColorPos" w:val="-1"/>
     <w:docVar w:name="ColorSet" w:val="-1"/>
     <w:docVar w:name="StylePos" w:val="-1"/>
     <w:docVar w:name="StyleSet" w:val="-1"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="007E777F"/>
     <w:rsid w:val="0003756B"/>
     <w:rsid w:val="000B01FD"/>
     <w:rsid w:val="000B4497"/>
     <w:rsid w:val="000B77A3"/>
+    <w:rsid w:val="000D2339"/>
     <w:rsid w:val="000E5E9E"/>
     <w:rsid w:val="0013292E"/>
     <w:rsid w:val="00135601"/>
     <w:rsid w:val="001551FA"/>
     <w:rsid w:val="00164246"/>
+    <w:rsid w:val="001B1B1A"/>
     <w:rsid w:val="00216250"/>
     <w:rsid w:val="002225FE"/>
     <w:rsid w:val="002821AB"/>
     <w:rsid w:val="002A5FE9"/>
     <w:rsid w:val="002B599B"/>
+    <w:rsid w:val="002C1889"/>
     <w:rsid w:val="002E1154"/>
     <w:rsid w:val="003117B1"/>
     <w:rsid w:val="00317CD3"/>
     <w:rsid w:val="00355B4F"/>
     <w:rsid w:val="00361C55"/>
     <w:rsid w:val="00370759"/>
     <w:rsid w:val="003758CB"/>
     <w:rsid w:val="00382D37"/>
     <w:rsid w:val="0039579C"/>
     <w:rsid w:val="003974A3"/>
     <w:rsid w:val="003D5145"/>
     <w:rsid w:val="00401D81"/>
     <w:rsid w:val="0044191F"/>
     <w:rsid w:val="004572F9"/>
     <w:rsid w:val="00476680"/>
     <w:rsid w:val="0048011B"/>
     <w:rsid w:val="00480389"/>
     <w:rsid w:val="004A4213"/>
     <w:rsid w:val="004C2AD0"/>
     <w:rsid w:val="004F10C1"/>
     <w:rsid w:val="005102BA"/>
     <w:rsid w:val="00562FF8"/>
     <w:rsid w:val="00570CDC"/>
     <w:rsid w:val="005C7352"/>
     <w:rsid w:val="005E30F0"/>
     <w:rsid w:val="00601647"/>
     <w:rsid w:val="00620750"/>
     <w:rsid w:val="00621B07"/>
     <w:rsid w:val="00641D8E"/>
     <w:rsid w:val="006A048D"/>
     <w:rsid w:val="006D1C77"/>
     <w:rsid w:val="006D23EA"/>
     <w:rsid w:val="006E4ABC"/>
+    <w:rsid w:val="007008F4"/>
     <w:rsid w:val="00725F57"/>
     <w:rsid w:val="00732013"/>
     <w:rsid w:val="007554C8"/>
     <w:rsid w:val="007615B0"/>
     <w:rsid w:val="0076747A"/>
     <w:rsid w:val="007929C2"/>
-    <w:rsid w:val="007A727E"/>
     <w:rsid w:val="007D6616"/>
     <w:rsid w:val="007E777F"/>
     <w:rsid w:val="007E79ED"/>
     <w:rsid w:val="007F0296"/>
     <w:rsid w:val="00803386"/>
     <w:rsid w:val="00823272"/>
     <w:rsid w:val="00852079"/>
     <w:rsid w:val="00892C48"/>
     <w:rsid w:val="008E02B2"/>
     <w:rsid w:val="008E52AA"/>
     <w:rsid w:val="008E6A92"/>
     <w:rsid w:val="00916D10"/>
     <w:rsid w:val="009A3CAB"/>
+    <w:rsid w:val="009B16D4"/>
     <w:rsid w:val="009C2E66"/>
-    <w:rsid w:val="009D315A"/>
     <w:rsid w:val="009F1A5E"/>
     <w:rsid w:val="00A07F22"/>
     <w:rsid w:val="00A60BE6"/>
+    <w:rsid w:val="00AB5220"/>
     <w:rsid w:val="00AB577E"/>
     <w:rsid w:val="00AB64E4"/>
     <w:rsid w:val="00AC70A8"/>
     <w:rsid w:val="00AE45A3"/>
+    <w:rsid w:val="00AF4B50"/>
     <w:rsid w:val="00B36AEF"/>
     <w:rsid w:val="00BA0F9E"/>
     <w:rsid w:val="00BB1104"/>
     <w:rsid w:val="00BD74EC"/>
     <w:rsid w:val="00BE7DE1"/>
     <w:rsid w:val="00C06521"/>
     <w:rsid w:val="00C24C55"/>
     <w:rsid w:val="00C43BE8"/>
     <w:rsid w:val="00C82A5C"/>
     <w:rsid w:val="00D328B5"/>
     <w:rsid w:val="00D46DFE"/>
     <w:rsid w:val="00D65D79"/>
     <w:rsid w:val="00DA3AAC"/>
+    <w:rsid w:val="00DF6C93"/>
+    <w:rsid w:val="00E20A66"/>
     <w:rsid w:val="00E367D5"/>
     <w:rsid w:val="00E43D07"/>
     <w:rsid w:val="00E4538F"/>
     <w:rsid w:val="00E7715D"/>
     <w:rsid w:val="00F52324"/>
     <w:rsid w:val="00F91705"/>
     <w:rsid w:val="00F92B5A"/>
     <w:rsid w:val="00F97E60"/>
     <w:rsid w:val="00FA63CE"/>
     <w:rsid w:val="00FC6993"/>
     <w:rsid w:val="00FD5EB8"/>
     <w:rsid w:val="00FD6EAD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3204D0AB"/>
   <w14:defaultImageDpi w14:val="0"/>
+  <w15:docId w15:val="{9A817CB6-033A-4AF1-9266-84083FEE792E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1"/>
@@ -2709,50 +2864,159 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="28"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
@@ -2785,418 +3049,68 @@
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="000B01FD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A3CAB"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-[...348 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="466363339">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="466363340">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -3210,51 +3124,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="945045081">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grants@behdistrict.org.uk" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grants@behdistrict.org.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3498,70 +3412,73 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>161</Words>
-  <Characters>920</Characters>
+  <Words>176</Words>
+  <Characters>1009</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>THE METHODIST CHURCH BIRMINGHAM DISTRICT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1079</CharactersWithSpaces>
+  <CharactersWithSpaces>1183</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>THE METHODIST CHURCH BIRMINGHAM DISTRICT</dc:title>
+  <dc:subject/>
   <dc:creator>Lusty</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>